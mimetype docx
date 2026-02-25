--- v0 (2025-10-02)
+++ v1 (2026-02-25)
@@ -267,139 +267,129 @@
         <w:ind w:left="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1377BCB1" w14:textId="77777777" w:rsidR="00EF3AFD" w:rsidRDefault="00EF3AFD" w:rsidP="00EF3AFD">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="738E961C" w14:textId="35F181F8" w:rsidR="00273278" w:rsidRDefault="004966D4" w:rsidP="00273278">
+    <w:p w14:paraId="738E961C" w14:textId="057C253C" w:rsidR="00273278" w:rsidRDefault="004966D4" w:rsidP="00273278">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:jc w:val="right"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cruzeta-RN,</w:t>
       </w:r>
-      <w:r w:rsidR="00E20325">
+      <w:r w:rsidR="007A08BF">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">01 de </w:t>
-[...9 lines deleted...]
-        <w:t>outubro</w:t>
+        <w:t>11 de dezembro</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> de 2025.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="402198C6" w14:textId="77777777" w:rsidR="00273278" w:rsidRPr="00AC66E6" w:rsidRDefault="00273278" w:rsidP="006B0D4C">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00273278" w:rsidRPr="00AC66E6">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4611E0A7" w14:textId="77777777" w:rsidR="00746696" w:rsidRDefault="00746696" w:rsidP="00EA4937">
+    <w:p w14:paraId="38053381" w14:textId="77777777" w:rsidR="00157268" w:rsidRDefault="00157268" w:rsidP="00EA4937">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6B8EC3C9" w14:textId="77777777" w:rsidR="00746696" w:rsidRDefault="00746696" w:rsidP="00EA4937">
+    <w:p w14:paraId="1D5FC0F1" w14:textId="77777777" w:rsidR="00157268" w:rsidRDefault="00157268" w:rsidP="00EA4937">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -435,58 +425,58 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="425730F9" w14:textId="77777777" w:rsidR="00746696" w:rsidRDefault="00746696" w:rsidP="00EA4937">
+    <w:p w14:paraId="59B43AE7" w14:textId="77777777" w:rsidR="00157268" w:rsidRDefault="00157268" w:rsidP="00EA4937">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="30DFE4E6" w14:textId="77777777" w:rsidR="00746696" w:rsidRDefault="00746696" w:rsidP="00EA4937">
+    <w:p w14:paraId="4BAD5A68" w14:textId="77777777" w:rsidR="00157268" w:rsidRDefault="00157268" w:rsidP="00EA4937">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="1BF8B9AB" w14:textId="7378D8A5" w:rsidR="004966D4" w:rsidRPr="007E4A7C" w:rsidRDefault="00A91C03" w:rsidP="004966D4">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="0" w:name="_Hlk155607525"/>
     <w:r w:rsidRPr="004966D4">
       <w:rPr>
@@ -835,50 +825,51 @@
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BD3273"/>
     <w:rsid w:val="00000093"/>
     <w:rsid w:val="000040FF"/>
     <w:rsid w:val="000172BA"/>
     <w:rsid w:val="00022EF0"/>
     <w:rsid w:val="00030363"/>
     <w:rsid w:val="00035810"/>
     <w:rsid w:val="0004027E"/>
     <w:rsid w:val="00057C7A"/>
     <w:rsid w:val="00080E88"/>
     <w:rsid w:val="00082959"/>
     <w:rsid w:val="0009387F"/>
     <w:rsid w:val="000A5F11"/>
     <w:rsid w:val="000F296E"/>
     <w:rsid w:val="000F2ED3"/>
     <w:rsid w:val="000F78E6"/>
     <w:rsid w:val="001128BE"/>
     <w:rsid w:val="001210C9"/>
     <w:rsid w:val="00134940"/>
+    <w:rsid w:val="00157268"/>
     <w:rsid w:val="00165594"/>
     <w:rsid w:val="001667EC"/>
     <w:rsid w:val="001C3585"/>
     <w:rsid w:val="001C76EF"/>
     <w:rsid w:val="00203283"/>
     <w:rsid w:val="0021067A"/>
     <w:rsid w:val="0021759C"/>
     <w:rsid w:val="00244100"/>
     <w:rsid w:val="0025120A"/>
     <w:rsid w:val="00253AEE"/>
     <w:rsid w:val="0025485F"/>
     <w:rsid w:val="00255FDF"/>
     <w:rsid w:val="00262CB4"/>
     <w:rsid w:val="00266F41"/>
     <w:rsid w:val="00273278"/>
     <w:rsid w:val="002956DF"/>
     <w:rsid w:val="002B435D"/>
     <w:rsid w:val="002C7882"/>
     <w:rsid w:val="002E726B"/>
     <w:rsid w:val="003278D0"/>
     <w:rsid w:val="00365773"/>
     <w:rsid w:val="00386EAB"/>
     <w:rsid w:val="003A2C8D"/>
     <w:rsid w:val="003E50A3"/>
     <w:rsid w:val="003F48DE"/>
@@ -912,50 +903,51 @@
     <w:rsid w:val="00541F60"/>
     <w:rsid w:val="00552ADC"/>
     <w:rsid w:val="005602B6"/>
     <w:rsid w:val="005640B2"/>
     <w:rsid w:val="005A7F91"/>
     <w:rsid w:val="005B1086"/>
     <w:rsid w:val="005C37EA"/>
     <w:rsid w:val="005E0821"/>
     <w:rsid w:val="005E20ED"/>
     <w:rsid w:val="005E39C3"/>
     <w:rsid w:val="005F30B8"/>
     <w:rsid w:val="005F4951"/>
     <w:rsid w:val="006104D0"/>
     <w:rsid w:val="0065177F"/>
     <w:rsid w:val="00660BB7"/>
     <w:rsid w:val="0066740C"/>
     <w:rsid w:val="00676E5F"/>
     <w:rsid w:val="006B0D4C"/>
     <w:rsid w:val="006B2071"/>
     <w:rsid w:val="006D6ACA"/>
     <w:rsid w:val="0072120E"/>
     <w:rsid w:val="00746696"/>
     <w:rsid w:val="0076217E"/>
     <w:rsid w:val="007649CC"/>
     <w:rsid w:val="00787A13"/>
+    <w:rsid w:val="007A08BF"/>
     <w:rsid w:val="007B45C8"/>
     <w:rsid w:val="007B4E1C"/>
     <w:rsid w:val="007B4F6E"/>
     <w:rsid w:val="007C1F7E"/>
     <w:rsid w:val="007C330B"/>
     <w:rsid w:val="007E4A7C"/>
     <w:rsid w:val="007E55E4"/>
     <w:rsid w:val="007E6D41"/>
     <w:rsid w:val="00810A39"/>
     <w:rsid w:val="00833BD7"/>
     <w:rsid w:val="0084140B"/>
     <w:rsid w:val="0084212F"/>
     <w:rsid w:val="00851A44"/>
     <w:rsid w:val="00887198"/>
     <w:rsid w:val="008962BC"/>
     <w:rsid w:val="00896F9A"/>
     <w:rsid w:val="008B0725"/>
     <w:rsid w:val="008B5B3D"/>
     <w:rsid w:val="008C1A9C"/>
     <w:rsid w:val="008C5F87"/>
     <w:rsid w:val="008E69AA"/>
     <w:rsid w:val="008F64D5"/>
     <w:rsid w:val="00901F4E"/>
     <w:rsid w:val="009112CF"/>
     <w:rsid w:val="00923E83"/>
@@ -1886,54 +1878,54 @@
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
   <Words>24</Words>
-  <Characters>134</Characters>
+  <Characters>135</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Cliente</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>157</CharactersWithSpaces>
+  <CharactersWithSpaces>158</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ATA DA 18° SESSÃO ORDINÁRIA, DO 1° PERÍODO ORDINÁRIO, DA 1ª SESSÃO LEGISLATIVA DA 10ª LEEGISLATURA DA CÂMARA MUNICIPAL DE SÃO</dc:title>
   <dc:subject/>
   <dc:creator>Cliente</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>