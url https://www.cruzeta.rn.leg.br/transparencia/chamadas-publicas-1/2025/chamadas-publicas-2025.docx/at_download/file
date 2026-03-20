--- v0 (2025-10-02)
+++ v1 (2026-03-20)
@@ -131,51 +131,51 @@
       </w:pPr>
     </w:p>
     <w:p w14:paraId="42E135C2" w14:textId="77777777" w:rsidR="00AC66E6" w:rsidRDefault="00AC66E6" w:rsidP="00AC66E6">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="54D836D5" w14:textId="77777777" w:rsidR="00F06CFD" w:rsidRDefault="00F06CFD" w:rsidP="006B0D4C">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="05BC5DAD" w14:textId="305BC562" w:rsidR="00273278" w:rsidRDefault="00AC66E6" w:rsidP="00EF3AFD">
+    <w:p w14:paraId="05BC5DAD" w14:textId="08152320" w:rsidR="00273278" w:rsidRDefault="00AC66E6" w:rsidP="00EF3AFD">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC66E6">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">A Câmara Municipal de </w:t>
       </w:r>
       <w:r w:rsidR="004966D4">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
@@ -184,69 +184,69 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Cruzeta</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC66E6">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> vem informar</w:t>
       </w:r>
       <w:r w:rsidR="00EF3AFD">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> que </w:t>
       </w:r>
-      <w:r w:rsidR="00C061E9">
+      <w:r w:rsidR="00422E5E">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">até a data de hoje </w:t>
+        <w:t>no ano de 2025 não houveram</w:t>
       </w:r>
       <w:r w:rsidR="00EF3AFD">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">não </w:t>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A91C03">
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Chamadas Públicas.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="26627696" w14:textId="77777777" w:rsidR="00EF3AFD" w:rsidRDefault="00EF3AFD" w:rsidP="00EF3AFD">
       <w:pPr>
         <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
@@ -358,58 +358,58 @@
         <w:pStyle w:val="Corpodetexto"/>
         <w:ind w:left="142"/>
         <w:rPr>
           <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00273278" w:rsidRPr="00AC66E6">
       <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="709" w:footer="709" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6E1FE990" w14:textId="77777777" w:rsidR="00F8078A" w:rsidRDefault="00F8078A" w:rsidP="00EA4937">
+    <w:p w14:paraId="4D0CF00B" w14:textId="77777777" w:rsidR="008F52C9" w:rsidRDefault="008F52C9" w:rsidP="00EA4937">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="753714A5" w14:textId="77777777" w:rsidR="00F8078A" w:rsidRDefault="00F8078A" w:rsidP="00EA4937">
+    <w:p w14:paraId="352199B4" w14:textId="77777777" w:rsidR="008F52C9" w:rsidRDefault="008F52C9" w:rsidP="00EA4937">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
@@ -445,58 +445,58 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0000287" w:usb1="40000013" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="68594908" w14:textId="77777777" w:rsidR="00F8078A" w:rsidRDefault="00F8078A" w:rsidP="00EA4937">
+    <w:p w14:paraId="1E564F6D" w14:textId="77777777" w:rsidR="008F52C9" w:rsidRDefault="008F52C9" w:rsidP="00EA4937">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="586F3700" w14:textId="77777777" w:rsidR="00F8078A" w:rsidRDefault="00F8078A" w:rsidP="00EA4937">
+    <w:p w14:paraId="3F0BD672" w14:textId="77777777" w:rsidR="008F52C9" w:rsidRDefault="008F52C9" w:rsidP="00EA4937">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="1BF8B9AB" w14:textId="7378D8A5" w:rsidR="004966D4" w:rsidRPr="007E4A7C" w:rsidRDefault="00A91C03" w:rsidP="004966D4">
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Palatino Linotype" w:hAnsi="Palatino Linotype"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:bookmarkStart w:id="0" w:name="_Hlk155607525"/>
     <w:r w:rsidRPr="004966D4">
       <w:rPr>
@@ -803,51 +803,51 @@
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="04160005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6622" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BD3273"/>
     <w:rsid w:val="00000093"/>
     <w:rsid w:val="000040FF"/>
@@ -872,50 +872,51 @@
     <w:rsid w:val="001C3585"/>
     <w:rsid w:val="00203283"/>
     <w:rsid w:val="0021067A"/>
     <w:rsid w:val="0021759C"/>
     <w:rsid w:val="00244100"/>
     <w:rsid w:val="0025120A"/>
     <w:rsid w:val="00253AEE"/>
     <w:rsid w:val="0025485F"/>
     <w:rsid w:val="00255FDF"/>
     <w:rsid w:val="00262CB4"/>
     <w:rsid w:val="00266F41"/>
     <w:rsid w:val="00273278"/>
     <w:rsid w:val="002956DF"/>
     <w:rsid w:val="002B435D"/>
     <w:rsid w:val="002C7882"/>
     <w:rsid w:val="002E726B"/>
     <w:rsid w:val="003278D0"/>
     <w:rsid w:val="00365773"/>
     <w:rsid w:val="00386EAB"/>
     <w:rsid w:val="003A2C8D"/>
     <w:rsid w:val="003E50A3"/>
     <w:rsid w:val="003F48DE"/>
     <w:rsid w:val="00403275"/>
     <w:rsid w:val="0040548D"/>
     <w:rsid w:val="00406249"/>
+    <w:rsid w:val="00422E5E"/>
     <w:rsid w:val="004255E1"/>
     <w:rsid w:val="00450E77"/>
     <w:rsid w:val="00451465"/>
     <w:rsid w:val="00451A84"/>
     <w:rsid w:val="00452F3A"/>
     <w:rsid w:val="004620B2"/>
     <w:rsid w:val="0046680F"/>
     <w:rsid w:val="004724D0"/>
     <w:rsid w:val="00474F82"/>
     <w:rsid w:val="00480C2C"/>
     <w:rsid w:val="00493088"/>
     <w:rsid w:val="00496273"/>
     <w:rsid w:val="004966D4"/>
     <w:rsid w:val="004A1C5F"/>
     <w:rsid w:val="004A3ADB"/>
     <w:rsid w:val="004B3DB1"/>
     <w:rsid w:val="004C2861"/>
     <w:rsid w:val="004D3FA4"/>
     <w:rsid w:val="004D55A7"/>
     <w:rsid w:val="004E0FAB"/>
     <w:rsid w:val="004F0CC3"/>
     <w:rsid w:val="00503254"/>
     <w:rsid w:val="00523F42"/>
     <w:rsid w:val="00534A3A"/>
     <w:rsid w:val="00541F60"/>
@@ -940,50 +941,51 @@
     <w:rsid w:val="0072120E"/>
     <w:rsid w:val="0076217E"/>
     <w:rsid w:val="007649CC"/>
     <w:rsid w:val="00787A13"/>
     <w:rsid w:val="007B45C8"/>
     <w:rsid w:val="007B4E1C"/>
     <w:rsid w:val="007B4F6E"/>
     <w:rsid w:val="007C1F7E"/>
     <w:rsid w:val="007C330B"/>
     <w:rsid w:val="007E4A7C"/>
     <w:rsid w:val="007E55E4"/>
     <w:rsid w:val="007E6D41"/>
     <w:rsid w:val="00810A39"/>
     <w:rsid w:val="00833BD7"/>
     <w:rsid w:val="0084140B"/>
     <w:rsid w:val="0084212F"/>
     <w:rsid w:val="00851A44"/>
     <w:rsid w:val="00887198"/>
     <w:rsid w:val="008962BC"/>
     <w:rsid w:val="00896F9A"/>
     <w:rsid w:val="008B0725"/>
     <w:rsid w:val="008B5B3D"/>
     <w:rsid w:val="008C1A9C"/>
     <w:rsid w:val="008C5F87"/>
     <w:rsid w:val="008E69AA"/>
+    <w:rsid w:val="008F52C9"/>
     <w:rsid w:val="008F64D5"/>
     <w:rsid w:val="00901F4E"/>
     <w:rsid w:val="009112CF"/>
     <w:rsid w:val="00923E83"/>
     <w:rsid w:val="00952114"/>
     <w:rsid w:val="0099222F"/>
     <w:rsid w:val="009A1F4D"/>
     <w:rsid w:val="009A435C"/>
     <w:rsid w:val="009B00D1"/>
     <w:rsid w:val="009D2CC3"/>
     <w:rsid w:val="009D6819"/>
     <w:rsid w:val="009E6C79"/>
     <w:rsid w:val="00A01ECA"/>
     <w:rsid w:val="00A1368D"/>
     <w:rsid w:val="00A373F0"/>
     <w:rsid w:val="00A50401"/>
     <w:rsid w:val="00A8263A"/>
     <w:rsid w:val="00A91C03"/>
     <w:rsid w:val="00A93463"/>
     <w:rsid w:val="00AC66E6"/>
     <w:rsid w:val="00AC7D7F"/>
     <w:rsid w:val="00AD5112"/>
     <w:rsid w:val="00AD6FE8"/>
     <w:rsid w:val="00AE2516"/>
     <w:rsid w:val="00B027E5"/>
@@ -1092,50 +1094,94 @@
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="pt-BR" w:eastAsia="pt-BR" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Body Text" w:uiPriority="99"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -1325,50 +1371,51 @@
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Corpodetexto">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
@@ -1843,55 +1890,55 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>22</Words>
-  <Characters>122</Characters>
+  <Words>23</Words>
+  <Characters>126</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>1</Lines>
   <Paragraphs>1</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company>Cliente</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>143</CharactersWithSpaces>
+  <CharactersWithSpaces>148</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>ATA DA 18° SESSÃO ORDINÁRIA, DO 1° PERÍODO ORDINÁRIO, DA 1ª SESSÃO LEGISLATIVA DA 10ª LEEGISLATURA DA CÂMARA MUNICIPAL DE SÃO</dc:title>
   <dc:subject/>
   <dc:creator>Cliente</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>